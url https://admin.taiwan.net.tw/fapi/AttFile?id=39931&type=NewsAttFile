--- v0 (2026-01-16)
+++ v1 (2026-03-03)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/bb8b1d5ff825f58a/01-115生態開口/官網/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="13" documentId="13_ncr:1_{7B6F2A31-7B67-409D-A681-35D18971668B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B67B7B26-CF04-4BDC-8D07-E8B563B18E75}"/>
+  <xr:revisionPtr revIDLastSave="37" documentId="13_ncr:1_{7B6F2A31-7B67-409D-A681-35D18971668B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A17541EB-074E-4112-98A4-6425E61C6025}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="115年度生態檢核資訊公開(處) " sheetId="2" r:id="rId1"/>
     <sheet name="111年度生態檢核資訊公開(範例)" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'115年度生態檢核資訊公開(處) '!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="83">
   <si>
     <t>工程名稱</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>預算金額
 （千元）</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>基地位置</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>工程內
 容概要</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>自評結果</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>規劃設計階段</t>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -241,74 +241,55 @@
 Y：2483132.46
 </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>拆除既有建物不符合現況之裝修、更新空調設備、修繕毀損設施，提供遊客休憩及更多服務機能。</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>公二停車場廁所興建工程</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">地點：屏東縣東港鎮
 TWD97座標：
 X：193923.17 
 Y：2483535.00
 </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>以民眾需求及友善設計提供公共空間無障礙廁所服務設施，新設公共廁所友善服務設施，提供遊客旅遊舒適性，增加觀光休憩旅遊服務功能。</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>大鵬灣水服區遊艇帆船基地興建工程</t>
-[...13 lines deleted...]
-  <si>
     <t>原構造物範圍內之整建或改善，且經和森生態有限公司確認無涉及生態環境保育議題，故無須辦理生態檢核。</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>屬於新建工程但對於生態影響層面小，且經和森生態有限公司確認無涉及生態環境保育議題，但於設計階段請生態公司參與關注汙水排放情形。</t>
-    <phoneticPr fontId="1" type="noConversion"/>
-[...2 lines deleted...]
-    <t>屬新建工程，將規劃取得綠建築標章，故無需辦理生態檢核。</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>楊先生(技佐):(08)833-8100轉149</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>大鵬灣景點服務設施改善工程</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>地點：屏東(縣)東港(鎮)南平路TWD97座標X：194085.32 Y：2483033.46 案二地點：屏東(縣)東港(鎮)大潭路TWD97座標X：198520.28 Y：2483427.27</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>為提升整體品質與吸引力，透過改善及修繕來加強設施品質。</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>既有構造物即已開發廠商之既有鋪面整修，且經和森生態有限公司確認無涉及生態環境保育議題，故無須辦理生態檢核。</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>台灣好行候車亭工程</t>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -425,186 +406,185 @@
   </si>
   <si>
     <t>提供安全上下船環境</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>本案應辦理生態檢核作業</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>吳先生:(08)833-8100轉156</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>打造觀景平台</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>地點：屏東縣東港鎮大潭路40-100號。X座標：2483398.277；Y座標：198421.945</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>115年度生態檢核資訊公開(觀光工程)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
+  <si>
+    <t>地點：屏東縣東港鎮南平里。X座標：196454.7644；Y座標：2481870.3309</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>營造親水休憩空間</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>大鵬灣水服區遊艇帆船基地興建工程(一期)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="細明體"/>
       <family val="3"/>
-      <charset val="136"/>
-[...5 lines deleted...]
-      <family val="1"/>
       <charset val="136"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
     <cellStyle name="超連結" xfId="1" builtinId="8"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
@@ -849,656 +829,657 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reurl.cc/A6Grb8&#35443;&#22914;&#29983;&#24907;&#27298;&#26680;&#34920;" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J15"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="51" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2:B3"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="51" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.90625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.453125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="27.36328125" customWidth="1"/>
     <col min="5" max="5" width="30.453125" customWidth="1"/>
     <col min="6" max="6" width="22.6328125" customWidth="1"/>
     <col min="7" max="7" width="60.453125" customWidth="1"/>
     <col min="8" max="8" width="28.36328125" customWidth="1"/>
     <col min="9" max="9" width="26.26953125" customWidth="1"/>
     <col min="10" max="10" width="22.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1"/>
-      <c r="B1" s="11" t="s">
-[...9 lines deleted...]
-      <c r="J1" s="11"/>
+      <c r="B1" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="10"/>
+      <c r="J1" s="10"/>
     </row>
     <row r="2" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
-      <c r="B2" s="11" t="s">
+      <c r="B2" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="11" t="s">
+      <c r="C2" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="11" t="s">
+      <c r="D2" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="11" t="s">
+      <c r="E2" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="F2" s="11" t="s">
+      <c r="F2" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="G2" s="11"/>
-[...2 lines deleted...]
-      <c r="J2" s="11"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+      <c r="J2" s="10"/>
     </row>
     <row r="3" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="1"/>
-      <c r="B3" s="11"/>
-[...2 lines deleted...]
-      <c r="E3" s="11"/>
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
       <c r="F3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="162" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="1">
         <v>1</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C4" s="6">
         <v>90000</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>36</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F4" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I4" s="10"/>
+        <v>54</v>
+      </c>
+      <c r="G4" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
       <c r="J4" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="190.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1">
         <v>2</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="6">
         <v>25000</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F5" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I5" s="10"/>
+        <v>54</v>
+      </c>
+      <c r="G5" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" s="9"/>
+      <c r="I5" s="9"/>
       <c r="J5" s="7" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="195.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="1">
         <v>3</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="6">
         <v>25000</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>41</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F6" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I6" s="10"/>
+        <v>54</v>
+      </c>
+      <c r="G6" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
       <c r="J6" s="7" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="7" spans="1:10" ht="255.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:10" ht="102" x14ac:dyDescent="0.4">
       <c r="A7" s="1">
         <v>4</v>
       </c>
-      <c r="B7" s="9" t="s">
-        <v>43</v>
+      <c r="B7" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="C7" s="6">
-        <v>98000</v>
+        <v>2848</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F7" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I7" s="12"/>
+        <v>54</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" s="9"/>
+      <c r="I7" s="9"/>
       <c r="J7" s="7" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" ht="102" x14ac:dyDescent="0.4">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="78" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A8" s="1">
         <v>5</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="6">
-        <v>2848</v>
+        <v>2180</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>51</v>
       </c>
       <c r="E8" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="F8" s="8" t="s">
-[...6 lines deleted...]
-      <c r="I8" s="10"/>
+      <c r="H8" s="9"/>
+      <c r="I8" s="9"/>
       <c r="J8" s="7" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" ht="78" customHeight="1" x14ac:dyDescent="0.4">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="409.5" x14ac:dyDescent="0.4">
       <c r="A9" s="1">
         <v>6</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" s="6">
+        <v>12820</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="C9" s="6">
-[...15 lines deleted...]
-      <c r="I9" s="10"/>
+      <c r="G9" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9" s="9"/>
+      <c r="I9" s="9"/>
       <c r="J9" s="7" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" ht="409.5" x14ac:dyDescent="0.4">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="68" x14ac:dyDescent="0.4">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="C10" s="6">
-        <v>12820</v>
+        <v>20000</v>
       </c>
       <c r="D10" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="E10" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I10" s="10"/>
+        <v>54</v>
+      </c>
+      <c r="G10" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" s="9"/>
+      <c r="I10" s="9"/>
       <c r="J10" s="7" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" ht="68" x14ac:dyDescent="0.4">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="51" x14ac:dyDescent="0.4">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C11" s="6">
-        <v>20000</v>
+        <v>8271</v>
       </c>
       <c r="D11" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="9" t="s">
         <v>70</v>
       </c>
-      <c r="E11" s="7" t="s">
-[...9 lines deleted...]
-      <c r="I11" s="10"/>
+      <c r="H11" s="9"/>
+      <c r="I11" s="9"/>
       <c r="J11" s="7" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" ht="51" x14ac:dyDescent="0.4">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="85" x14ac:dyDescent="0.4">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C12" s="6">
-        <v>8271</v>
+        <v>6700</v>
       </c>
       <c r="D12" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="E12" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I12" s="10"/>
+        <v>54</v>
+      </c>
+      <c r="G12" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" s="9"/>
+      <c r="I12" s="9"/>
       <c r="J12" s="7" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="85" x14ac:dyDescent="0.4">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="C13" s="6">
-        <v>6700</v>
+        <v>4995</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F13" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I13" s="10"/>
+        <v>54</v>
+      </c>
+      <c r="G13" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" s="9"/>
+      <c r="I13" s="9"/>
       <c r="J13" s="7" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" ht="85" x14ac:dyDescent="0.4">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="68" x14ac:dyDescent="0.4">
       <c r="A14" s="1">
         <v>11</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C14" s="6">
-        <v>4995</v>
+        <v>3500</v>
       </c>
       <c r="D14" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="E14" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I14" s="10"/>
+        <v>54</v>
+      </c>
+      <c r="G14" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H14" s="9"/>
+      <c r="I14" s="9"/>
       <c r="J14" s="7" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" ht="68" x14ac:dyDescent="0.4">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="51" x14ac:dyDescent="0.4">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="C15" s="6">
-        <v>3500</v>
+        <v>120163</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>81</v>
       </c>
       <c r="F15" s="8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-      <c r="I15" s="10"/>
+        <v>54</v>
+      </c>
+      <c r="G15" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
       <c r="J15" s="7" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
+    <mergeCell ref="G15:I15"/>
     <mergeCell ref="G9:I9"/>
-    <mergeCell ref="G5:I5"/>
-[...3 lines deleted...]
-    <mergeCell ref="G6:I6"/>
+    <mergeCell ref="G10:I10"/>
+    <mergeCell ref="G11:I11"/>
+    <mergeCell ref="G13:I13"/>
+    <mergeCell ref="G14:I14"/>
+    <mergeCell ref="G12:I12"/>
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:J2"/>
-    <mergeCell ref="G10:I10"/>
-[...4 lines deleted...]
-    <mergeCell ref="G13:I13"/>
+    <mergeCell ref="G8:I8"/>
+    <mergeCell ref="G5:I5"/>
+    <mergeCell ref="G7:I7"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="G6:I6"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="F4:F9" r:id="rId1" display="https://reurl.cc/A6Grb8_x000a__x000a_詳如生態檢核表" xr:uid="{63418371-4B7F-459A-833A-FC62A44D73DE}"/>
-[...6 lines deleted...]
-    <hyperlink ref="F15" r:id="rId8" xr:uid="{A82531F1-0998-4696-B8BD-2824B5DFED86}"/>
+    <hyperlink ref="F4:F8" r:id="rId1" display="https://reurl.cc/A6Grb8_x000a__x000a_詳如生態檢核表" xr:uid="{63418371-4B7F-459A-833A-FC62A44D73DE}"/>
+    <hyperlink ref="F4:F8" r:id="rId2" display="https://reurl.cc/A6Grb8詳如生態檢核表" xr:uid="{8279B7CA-054B-4169-B085-DADEE5A0FF69}"/>
+    <hyperlink ref="F9" r:id="rId3" xr:uid="{816E09A4-909F-4B53-BF75-6C396807FBA4}"/>
+    <hyperlink ref="F10" r:id="rId4" xr:uid="{4C622A54-DF19-4A83-8206-592885A0743E}"/>
+    <hyperlink ref="F11" r:id="rId5" xr:uid="{C5CB8163-C71F-4E83-8644-2D02E0BE27A5}"/>
+    <hyperlink ref="F13" r:id="rId6" xr:uid="{67B5AE8D-C019-4555-9C57-23F155F74CE6}"/>
+    <hyperlink ref="F12" r:id="rId7" xr:uid="{B5CCC3FC-B421-4D78-91B8-581528F61FCB}"/>
+    <hyperlink ref="F14" r:id="rId8" xr:uid="{A82531F1-0998-4696-B8BD-2824B5DFED86}"/>
+    <hyperlink ref="F15" r:id="rId9" xr:uid="{628AECB2-E69D-4073-A8C8-51A9F72DBD6C}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId9"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId10"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView topLeftCell="A6" workbookViewId="0">
       <selection activeCell="K12" sqref="K12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="2" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.26953125" customWidth="1"/>
     <col min="4" max="4" width="12.36328125" customWidth="1"/>
     <col min="5" max="5" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.36328125" customWidth="1"/>
     <col min="7" max="7" width="28.36328125" customWidth="1"/>
     <col min="8" max="8" width="16.26953125" customWidth="1"/>
     <col min="9" max="9" width="13.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A1" s="11" t="s">
+      <c r="A1" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B1" s="11"/>
-[...6 lines deleted...]
-      <c r="I1" s="11"/>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="10"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A2" s="13" t="s">
+      <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="13" t="s">
+      <c r="B2" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="13" t="s">
+      <c r="C2" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="13" t="s">
+      <c r="D2" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="11" t="s">
+      <c r="E2" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="F2" s="11"/>
-[...2 lines deleted...]
-      <c r="I2" s="11"/>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A3" s="13"/>
-[...2 lines deleted...]
-      <c r="D3" s="13"/>
+      <c r="A3" s="11"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="85" x14ac:dyDescent="0.4">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="3">
         <v>2000</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="F4" s="13" t="s">
+      <c r="F4" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="13"/>
-      <c r="H4" s="13"/>
+      <c r="G4" s="11"/>
+      <c r="H4" s="11"/>
       <c r="I4" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="3">
         <v>2001</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="F5" s="13" t="s">
+      <c r="F5" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="G5" s="13"/>
-      <c r="H5" s="13"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="11"/>
       <c r="I5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="3">
         <v>2002</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="F6" s="13" t="s">
+      <c r="F6" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="G6" s="13"/>
-      <c r="H6" s="13"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
       <c r="I6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="119" x14ac:dyDescent="0.4">
       <c r="A7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="3">
         <v>2003</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>21</v>