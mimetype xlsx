--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4842D276-FADA-45C2-9960-3770B0814A6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E804CA6-BF05-4815-B12F-C924FE9F0E8B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="10635" yWindow="195" windowWidth="15570" windowHeight="15210" tabRatio="703" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="180" yWindow="180" windowWidth="14130" windowHeight="15075" tabRatio="703" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="114年(1-12) " sheetId="14" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -736,51 +736,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="I22" sqref="I21:I22"/>
+      <selection activeCell="I27" sqref="I27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="17.625" bestFit="1" customWidth="1"/>
     <col min="3" max="11" width="17.625" customWidth="1"/>
     <col min="12" max="12" width="17.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20" t="s">
         <v>11</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
       <c r="H1" s="21"/>
       <c r="I1" s="21"/>
       <c r="J1" s="21"/>
       <c r="K1" s="21"/>
       <c r="L1" s="22"/>
     </row>
@@ -1140,85 +1140,125 @@
       </c>
       <c r="H10" s="8">
         <v>117679</v>
       </c>
       <c r="I10" s="8">
         <v>95192</v>
       </c>
       <c r="J10" s="8">
         <v>130513</v>
       </c>
       <c r="K10" s="8">
         <v>142671</v>
       </c>
       <c r="L10" s="7">
         <f t="shared" si="0"/>
         <v>794533</v>
       </c>
       <c r="N10" s="10"/>
       <c r="O10" s="15"/>
       <c r="P10" s="10"/>
     </row>
     <row r="11" spans="1:16" ht="20.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4">
         <v>9</v>
       </c>
-      <c r="B11" s="8"/>
-[...8 lines deleted...]
-      <c r="K11" s="8"/>
+      <c r="B11" s="8">
+        <v>28470</v>
+      </c>
+      <c r="C11" s="8">
+        <v>77753</v>
+      </c>
+      <c r="D11" s="8">
+        <v>68154</v>
+      </c>
+      <c r="E11" s="8">
+        <v>47797</v>
+      </c>
+      <c r="F11" s="8">
+        <v>12613</v>
+      </c>
+      <c r="G11" s="8">
+        <v>19699</v>
+      </c>
+      <c r="H11" s="8">
+        <v>84225</v>
+      </c>
+      <c r="I11" s="8">
+        <v>78168</v>
+      </c>
+      <c r="J11" s="8">
+        <v>68159</v>
+      </c>
+      <c r="K11" s="8">
+        <v>95217</v>
+      </c>
       <c r="L11" s="7">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>580255</v>
       </c>
       <c r="N11" s="10"/>
       <c r="O11" s="15"/>
       <c r="P11" s="10"/>
     </row>
     <row r="12" spans="1:16" ht="20.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4">
         <v>10</v>
       </c>
-      <c r="B12" s="8"/>
-[...8 lines deleted...]
-      <c r="K12" s="8"/>
+      <c r="B12" s="8">
+        <v>37015</v>
+      </c>
+      <c r="C12" s="8">
+        <v>80506</v>
+      </c>
+      <c r="D12" s="8">
+        <v>69658</v>
+      </c>
+      <c r="E12" s="8">
+        <v>51300</v>
+      </c>
+      <c r="F12" s="8">
+        <v>1123</v>
+      </c>
+      <c r="G12" s="8">
+        <v>4956</v>
+      </c>
+      <c r="H12" s="8">
+        <v>111517</v>
+      </c>
+      <c r="I12" s="8">
+        <v>100956</v>
+      </c>
+      <c r="J12" s="8">
+        <v>88141</v>
+      </c>
+      <c r="K12" s="8">
+        <v>118991</v>
+      </c>
       <c r="L12" s="7">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>664163</v>
       </c>
       <c r="N12" s="10"/>
       <c r="O12" s="15"/>
       <c r="P12" s="10"/>
     </row>
     <row r="13" spans="1:16" ht="20.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4">
         <v>11</v>
       </c>
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="7">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N13" s="10"/>
       <c r="O13" s="15"/>
@@ -1230,91 +1270,91 @@
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="7">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N14" s="10"/>
       <c r="O14" s="15"/>
       <c r="P14" s="10"/>
     </row>
     <row r="15" spans="1:16" ht="39.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="14">
         <f>SUM(B3:B14)</f>
-        <v>301511</v>
+        <v>366996</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:K15" si="1">SUM(C3:C14)</f>
-        <v>654525</v>
+        <v>812784</v>
       </c>
       <c r="D15" s="14">
         <f t="shared" si="1"/>
-        <v>590259</v>
+        <v>728071</v>
       </c>
       <c r="E15" s="14">
         <f t="shared" si="1"/>
-        <v>429785</v>
+        <v>528882</v>
       </c>
       <c r="F15" s="14">
         <f t="shared" si="1"/>
-        <v>24817</v>
+        <v>38553</v>
       </c>
       <c r="G15" s="14">
         <f t="shared" si="1"/>
-        <v>47413</v>
+        <v>72068</v>
       </c>
       <c r="H15" s="14">
         <f t="shared" si="1"/>
-        <v>833854</v>
+        <v>1029596</v>
       </c>
       <c r="I15" s="14">
         <f t="shared" si="1"/>
-        <v>765850</v>
+        <v>944974</v>
       </c>
       <c r="J15" s="14">
         <f t="shared" si="1"/>
-        <v>739143</v>
+        <v>895443</v>
       </c>
       <c r="K15" s="14">
         <f t="shared" si="1"/>
-        <v>976256</v>
+        <v>1190464</v>
       </c>
       <c r="L15" s="18">
         <f>SUM(L3:L14)</f>
-        <v>5363413</v>
+        <v>6607831</v>
       </c>
       <c r="N15" s="10"/>
       <c r="O15" s="15"/>
       <c r="P15" s="10"/>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="N16" s="10"/>
       <c r="O16" s="16"/>
       <c r="P16" s="10"/>
     </row>
     <row r="17" spans="2:16" x14ac:dyDescent="0.25">
       <c r="N17" s="10"/>
       <c r="O17" s="16"/>
       <c r="P17" s="10"/>
     </row>
     <row r="18" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B18" s="10"/>
       <c r="C18" s="10"/>
       <c r="D18" s="10"/>
       <c r="E18" s="10"/>
       <c r="F18" s="10"/>
       <c r="G18" s="10"/>
       <c r="H18" s="10"/>
       <c r="I18" s="10"/>
       <c r="J18" s="10"/>