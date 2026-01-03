--- v1 (2025-11-18)
+++ v2 (2026-01-03)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E804CA6-BF05-4815-B12F-C924FE9F0E8B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{57933B50-D5C5-4340-8B15-07435F69F527}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="180" yWindow="180" windowWidth="14130" windowHeight="15075" tabRatio="703" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="12285" yWindow="180" windowWidth="16665" windowHeight="15360" tabRatio="703" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="114年(1-12) " sheetId="14" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -736,51 +736,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="I27" sqref="I27"/>
+      <selection activeCell="K24" sqref="K24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="17.625" bestFit="1" customWidth="1"/>
     <col min="3" max="11" width="17.625" customWidth="1"/>
     <col min="12" max="12" width="17.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20" t="s">
         <v>11</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
       <c r="H1" s="21"/>
       <c r="I1" s="21"/>
       <c r="J1" s="21"/>
       <c r="K1" s="21"/>
       <c r="L1" s="22"/>
     </row>
@@ -1224,137 +1224,157 @@
       </c>
       <c r="H12" s="8">
         <v>111517</v>
       </c>
       <c r="I12" s="8">
         <v>100956</v>
       </c>
       <c r="J12" s="8">
         <v>88141</v>
       </c>
       <c r="K12" s="8">
         <v>118991</v>
       </c>
       <c r="L12" s="7">
         <f t="shared" si="0"/>
         <v>664163</v>
       </c>
       <c r="N12" s="10"/>
       <c r="O12" s="15"/>
       <c r="P12" s="10"/>
     </row>
     <row r="13" spans="1:16" ht="20.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4">
         <v>11</v>
       </c>
-      <c r="B13" s="8"/>
-[...8 lines deleted...]
-      <c r="K13" s="8"/>
+      <c r="B13" s="8">
+        <v>29496</v>
+      </c>
+      <c r="C13" s="8">
+        <v>42058</v>
+      </c>
+      <c r="D13" s="8">
+        <v>48187</v>
+      </c>
+      <c r="E13" s="8">
+        <v>41013</v>
+      </c>
+      <c r="F13" s="8">
+        <v>952</v>
+      </c>
+      <c r="G13" s="8">
+        <v>2747</v>
+      </c>
+      <c r="H13" s="8">
+        <v>88376</v>
+      </c>
+      <c r="I13" s="8">
+        <v>83796</v>
+      </c>
+      <c r="J13" s="8">
+        <v>73791</v>
+      </c>
+      <c r="K13" s="8">
+        <v>107169</v>
+      </c>
       <c r="L13" s="7">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>517585</v>
       </c>
       <c r="N13" s="10"/>
       <c r="O13" s="15"/>
       <c r="P13" s="10"/>
     </row>
     <row r="14" spans="1:16" ht="20.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="5">
         <v>12</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="7">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N14" s="10"/>
       <c r="O14" s="15"/>
       <c r="P14" s="10"/>
     </row>
     <row r="15" spans="1:16" ht="39.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="14">
         <f>SUM(B3:B14)</f>
-        <v>366996</v>
+        <v>396492</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:K15" si="1">SUM(C3:C14)</f>
-        <v>812784</v>
+        <v>854842</v>
       </c>
       <c r="D15" s="14">
         <f t="shared" si="1"/>
-        <v>728071</v>
+        <v>776258</v>
       </c>
       <c r="E15" s="14">
         <f t="shared" si="1"/>
-        <v>528882</v>
+        <v>569895</v>
       </c>
       <c r="F15" s="14">
         <f t="shared" si="1"/>
-        <v>38553</v>
+        <v>39505</v>
       </c>
       <c r="G15" s="14">
         <f t="shared" si="1"/>
-        <v>72068</v>
+        <v>74815</v>
       </c>
       <c r="H15" s="14">
         <f t="shared" si="1"/>
-        <v>1029596</v>
+        <v>1117972</v>
       </c>
       <c r="I15" s="14">
         <f t="shared" si="1"/>
-        <v>944974</v>
+        <v>1028770</v>
       </c>
       <c r="J15" s="14">
         <f t="shared" si="1"/>
-        <v>895443</v>
+        <v>969234</v>
       </c>
       <c r="K15" s="14">
         <f t="shared" si="1"/>
-        <v>1190464</v>
+        <v>1297633</v>
       </c>
       <c r="L15" s="18">
         <f>SUM(L3:L14)</f>
-        <v>6607831</v>
+        <v>7125416</v>
       </c>
       <c r="N15" s="10"/>
       <c r="O15" s="15"/>
       <c r="P15" s="10"/>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="N16" s="10"/>
       <c r="O16" s="16"/>
       <c r="P16" s="10"/>
     </row>
     <row r="17" spans="2:16" x14ac:dyDescent="0.25">
       <c r="N17" s="10"/>
       <c r="O17" s="16"/>
       <c r="P17" s="10"/>
     </row>
     <row r="18" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B18" s="10"/>
       <c r="C18" s="10"/>
       <c r="D18" s="10"/>
       <c r="E18" s="10"/>
       <c r="F18" s="10"/>
       <c r="G18" s="10"/>
       <c r="H18" s="10"/>
       <c r="I18" s="10"/>
       <c r="J18" s="10"/>